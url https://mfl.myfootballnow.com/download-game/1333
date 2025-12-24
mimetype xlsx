--- v0 (2025-10-24)
+++ v1 (2025-12-24)
@@ -302,138 +302,138 @@
   <si>
     <t>(15:00) 1-Harold Pease kicks 74 yards from HOU 35 to POR -9. Touchback.</t>
   </si>
   <si>
     <t>#24 Mitch Styles - RB</t>
   </si>
   <si>
     <t>#63 Richard Keese - C</t>
   </si>
   <si>
     <t>#50 Willie Montgomery - WLB</t>
   </si>
   <si>
     <t>#33 Juan Howard - SS</t>
   </si>
   <si>
     <t>#98 Joe Neal - DT</t>
   </si>
   <si>
     <t>#56 Mohammad Maguire - MLB</t>
   </si>
   <si>
     <t>#11 Buck Wheat - MLB</t>
   </si>
   <si>
-    <t>#35 Todd Thatcher - SS</t>
+    <t>#35 Todd Thatcher - CB</t>
   </si>
   <si>
     <t>#48 Hollis Watford - SS</t>
   </si>
   <si>
     <t>#40 James Ackerman - CB</t>
   </si>
   <si>
-    <t>#59 John Bennett - WLB</t>
+    <t>#55 John Bennett - WLB</t>
   </si>
   <si>
     <t>#1 Harold Pease - K</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>POR 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-POR 25 (15:00) 1-Richard Smart pass complete to 81-Nicholas Yeh to POR 30 for 5 yards. Tackle by 38-Michael Foley. 81-Nicholas Yeh breaks down the CB.</t>
   </si>
   <si>
     <t>#1 Richard Smart - QB</t>
   </si>
   <si>
     <t>#34 Michael Dollard - FB</t>
   </si>
   <si>
     <t>#83 Charles Barbera - TE</t>
   </si>
   <si>
     <t>#87 Vincent Brown - WR</t>
   </si>
   <si>
     <t>#81 Nicholas Yeh - WR</t>
   </si>
   <si>
     <t>#42 Christopher Johnson - LT</t>
   </si>
   <si>
     <t>#27 Gerard Baker - LG</t>
   </si>
   <si>
     <t>#75 Jose Mosley - C</t>
   </si>
   <si>
     <t>#62 Michael Race - RG</t>
   </si>
   <si>
     <t>#52 Michael Allen - RT</t>
   </si>
   <si>
-    <t>#68 Justin Webb - LDE</t>
-[...2 lines deleted...]
-    <t>#97 Charlie Ali - LDE</t>
+    <t>#79 Justin Webb - LDE</t>
+  </si>
+  <si>
+    <t>#91 Charlie Ali - RDE</t>
   </si>
   <si>
     <t>#51 Steven Burns - DT</t>
   </si>
   <si>
     <t>#69 John Yocum - LDE</t>
   </si>
   <si>
     <t>#94 Allen Huntley - SLB</t>
   </si>
   <si>
     <t>#59 Robert Johnson - MLB</t>
   </si>
   <si>
     <t>#98 Robert Pope - WLB</t>
   </si>
   <si>
     <t>#25 Alan Wade - FS</t>
   </si>
   <si>
     <t>#38 Michael Foley - CB</t>
   </si>
   <si>
-    <t>#24 Michael Ricks - SS</t>
+    <t>#36 Michael Ricks - FS</t>
   </si>
   <si>
     <t>#48 James Poisson - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>POR 30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-5-POR 30 (14:21) 24-Mitch Styles ran to POR 33 for 3 yards. Tackle by 59-Robert Johnson.</t>
   </si>
   <si>
     <t>#20 Erik Swain - RB</t>
   </si>
   <si>
     <t>#29 Javier Fults - TE</t>
   </si>
@@ -467,51 +467,51 @@
   <si>
     <t>1-10-POR 41 (13:02) 24-Mitch Styles ran to POR 48 for 7 yards. Tackle by 97-Charlie Ali.</t>
   </si>
   <si>
     <t>#86 Daniel Evans - WR</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>POR 48</t>
   </si>
   <si>
     <t>Singleback Big PA Curls</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>2-3-POR 48 (12:18) 1-Richard Smart pass complete to 81-Nicholas Yeh to HOU 24 for 28 yards.</t>
   </si>
   <si>
     <t>#93 Ernest Stone - MLB</t>
   </si>
   <si>
-    <t>#42 James Hadden - SS</t>
+    <t>#23 James Hadden - CB</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>HOU 24</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 24 (11:29) 1-Richard Smart pass complete to 17-Vincent Brown to HOU 19 for 6 yards. Tackle by 38-Michael Foley. 38-Michael Foley got away with a hold on that play.</t>
   </si>
   <si>
     <t>#43 William Muir - CB</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>HOU 19</t>
   </si>
@@ -551,117 +551,117 @@
   <si>
     <t>HOU 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:10) Extra point GOOD by 6-Don Lambert. HOU 0 POR 7</t>
   </si>
   <si>
     <t>#3 Clifford Romero - QB</t>
   </si>
   <si>
     <t>#77 Heriberto Mason - RT</t>
   </si>
   <si>
     <t>#14 Don Lambert - K</t>
   </si>
   <si>
     <t>#71 William Schaefer - RG</t>
   </si>
   <si>
-    <t>#54 Joshua Howard - LDE</t>
-[...2 lines deleted...]
-    <t>#94 Frank Marquez - WLB</t>
+    <t>#54 Joshua Howard - RDE</t>
+  </si>
+  <si>
+    <t>#53 Frank Marquez - WLB</t>
   </si>
   <si>
     <t>#99 Jerome Christian - MLB</t>
   </si>
   <si>
     <t>POR 35</t>
   </si>
   <si>
     <t>(10:10) 6-Don Lambert kicks 71 yards from POR 35 to HOU -6. Touchback.</t>
   </si>
   <si>
     <t>#28 Andrew Beckwith - RB</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Shotgun Normal Short Attack</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-HOU 25 (10:10) 13-Duane Sheffield pass complete to 15-Cyrus Tasker to HOU 28 for 3 yards. Tackle by 99-John Bennett.</t>
   </si>
   <si>
     <t>#4 Duane Sheffield - QB</t>
   </si>
   <si>
     <t>#47 Nicholas Reynolds - RB</t>
   </si>
   <si>
     <t>#81 James Kirk - TE</t>
   </si>
   <si>
     <t>#85 Isaias Simpson - WR</t>
   </si>
   <si>
     <t>#19 Edward Suggs - WR</t>
   </si>
   <si>
     <t>#15 Cyrus Tasker - WR</t>
   </si>
   <si>
     <t>#66 Richard Watkins - LT</t>
   </si>
   <si>
-    <t>#62 Shawn Anderson - LG</t>
+    <t>#76 Shawn Anderson - LG</t>
   </si>
   <si>
     <t>#65 Gregg Guard - LG</t>
   </si>
   <si>
     <t>#74 Alfred Silvey - LT</t>
   </si>
   <si>
     <t>#59 Lee Morris - RT</t>
   </si>
   <si>
     <t>#94 John Izquierdo - LDE</t>
   </si>
   <si>
-    <t>#63 Dwight Bode - DT</t>
+    <t>#93 Dwight Bode - DT</t>
   </si>
   <si>
     <t>#68 Clayton Laughlin - RDE</t>
   </si>
   <si>
     <t>#35 William Paterson - CB</t>
   </si>
   <si>
     <t>#39 John Wilkes - CB</t>
   </si>
   <si>
     <t>#28 Chris Malone - SS</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>HOU 28</t>
   </si>
   <si>
     <t>Strong I Normal FB Trap Weak</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>