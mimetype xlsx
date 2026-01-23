--- v1 (2025-12-24)
+++ v2 (2026-01-23)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Harold Pease kicks 74 yards from HOU 35 to POR -9. Touchback.</t>
   </si>
   <si>
     <t>#24 Mitch Styles - RB</t>
   </si>
   <si>
     <t>#63 Richard Keese - C</t>
   </si>
   <si>
     <t>#50 Willie Montgomery - WLB</t>
   </si>
   <si>
     <t>#33 Juan Howard - SS</t>
   </si>
   <si>
     <t>#98 Joe Neal - DT</t>
   </si>
   <si>
-    <t>#56 Mohammad Maguire - MLB</t>
+    <t>#58 Mohammad Maguire - MLB</t>
   </si>
   <si>
     <t>#11 Buck Wheat - MLB</t>
   </si>
   <si>
     <t>#35 Todd Thatcher - CB</t>
   </si>
   <si>
     <t>#48 Hollis Watford - SS</t>
   </si>
   <si>
     <t>#40 James Ackerman - CB</t>
   </si>
   <si>
     <t>#55 John Bennett - WLB</t>
   </si>
   <si>
     <t>#1 Harold Pease - K</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>POR 25</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:10) Extra point GOOD by 6-Don Lambert. HOU 0 POR 7</t>
   </si>
   <si>
     <t>#3 Clifford Romero - QB</t>
   </si>
   <si>
     <t>#77 Heriberto Mason - RT</t>
   </si>
   <si>
     <t>#14 Don Lambert - K</t>
   </si>
   <si>
     <t>#71 William Schaefer - RG</t>
   </si>
   <si>
     <t>#54 Joshua Howard - RDE</t>
   </si>
   <si>
-    <t>#53 Frank Marquez - WLB</t>
+    <t>#99 Frank Marquez - WLB</t>
   </si>
   <si>
     <t>#99 Jerome Christian - MLB</t>
   </si>
   <si>
     <t>POR 35</t>
   </si>
   <si>
     <t>(10:10) 6-Don Lambert kicks 71 yards from POR 35 to HOU -6. Touchback.</t>
   </si>
   <si>
     <t>#28 Andrew Beckwith - RB</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Shotgun Normal Short Attack</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-HOU 25 (10:10) 13-Duane Sheffield pass complete to 15-Cyrus Tasker to HOU 28 for 3 yards. Tackle by 99-John Bennett.</t>
   </si>
@@ -1355,51 +1355,51 @@
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>POR 46</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>1-10-POR 46 (12:17) 47-Nicholas Reynolds ran to POR 38 for 9 yards. Tackle by 99-John Bennett.</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>POR 38</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>2-1-POR 38 (11:43) 85-Shawn Ramirez ran to POR 36 for 2 yards. Tackle by 51-Joe Neal.</t>
   </si>
   <si>
-    <t>#80 Jeffery Nelson - WR</t>
+    <t>#10 Jeffery Nelson - WR</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>POR 36</t>
   </si>
   <si>
     <t>1-10-POR 36 (10:59) 13-Duane Sheffield pass complete to 15-Cyrus Tasker to POR 34 for 1 yards. Tackle by 68-Clayton Laughlin.</t>
   </si>
   <si>
     <t>10:26</t>
   </si>
   <si>
     <t>POR 34</t>
   </si>
   <si>
     <t>2-9-POR 34 (10:25) 47-Nicholas Reynolds ran to POR 30 for 5 yards. Tackle by 59-Mohammad Maguire.</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>