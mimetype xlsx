--- v2 (2026-01-23)
+++ v3 (2026-03-02)
@@ -293,51 +293,51 @@
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Harold Pease kicks 74 yards from HOU 35 to POR -9. Touchback.</t>
   </si>
   <si>
     <t>#24 Mitch Styles - RB</t>
   </si>
   <si>
     <t>#63 Richard Keese - C</t>
   </si>
   <si>
     <t>#50 Willie Montgomery - WLB</t>
   </si>
   <si>
     <t>#33 Juan Howard - SS</t>
   </si>
   <si>
-    <t>#98 Joe Neal - DT</t>
+    <t>#96 Joe Neal - DT</t>
   </si>
   <si>
     <t>#58 Mohammad Maguire - MLB</t>
   </si>
   <si>
     <t>#11 Buck Wheat - MLB</t>
   </si>
   <si>
     <t>#35 Todd Thatcher - CB</t>
   </si>
   <si>
     <t>#48 Hollis Watford - SS</t>
   </si>
   <si>
     <t>#40 James Ackerman - CB</t>
   </si>
   <si>
     <t>#55 John Bennett - WLB</t>
   </si>
   <si>
     <t>#1 Harold Pease - K</t>
   </si>
   <si>
     <t>POR</t>
   </si>
@@ -551,51 +551,51 @@
   <si>
     <t>HOU 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:10) Extra point GOOD by 6-Don Lambert. HOU 0 POR 7</t>
   </si>
   <si>
     <t>#3 Clifford Romero - QB</t>
   </si>
   <si>
     <t>#77 Heriberto Mason - RT</t>
   </si>
   <si>
     <t>#14 Don Lambert - K</t>
   </si>
   <si>
     <t>#71 William Schaefer - RG</t>
   </si>
   <si>
-    <t>#54 Joshua Howard - RDE</t>
+    <t>#98 Joshua Howard - RDE</t>
   </si>
   <si>
     <t>#99 Frank Marquez - WLB</t>
   </si>
   <si>
     <t>#99 Jerome Christian - MLB</t>
   </si>
   <si>
     <t>POR 35</t>
   </si>
   <si>
     <t>(10:10) 6-Don Lambert kicks 71 yards from POR 35 to HOU -6. Touchback.</t>
   </si>
   <si>
     <t>#28 Andrew Beckwith - RB</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Shotgun Normal Short Attack</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>