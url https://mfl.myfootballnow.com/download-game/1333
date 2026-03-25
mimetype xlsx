--- v3 (2026-03-02)
+++ v4 (2026-03-25)
@@ -545,51 +545,51 @@
   <si>
     <t>2-6-HOU 6 (10:14) 1-Richard Smart pass complete to 88-Charles Barbera for 6 yards. TOUCHDOWN! HOU 0 POR 6</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>HOU 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:10) Extra point GOOD by 6-Don Lambert. HOU 0 POR 7</t>
   </si>
   <si>
     <t>#3 Clifford Romero - QB</t>
   </si>
   <si>
     <t>#77 Heriberto Mason - RT</t>
   </si>
   <si>
-    <t>#14 Don Lambert - K</t>
+    <t>#4 Don Lambert - K</t>
   </si>
   <si>
     <t>#71 William Schaefer - RG</t>
   </si>
   <si>
     <t>#98 Joshua Howard - RDE</t>
   </si>
   <si>
     <t>#99 Frank Marquez - WLB</t>
   </si>
   <si>
     <t>#99 Jerome Christian - MLB</t>
   </si>
   <si>
     <t>POR 35</t>
   </si>
   <si>
     <t>(10:10) 6-Don Lambert kicks 71 yards from POR 35 to HOU -6. Touchback.</t>
   </si>
   <si>
     <t>#28 Andrew Beckwith - RB</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>