--- v0 (2025-10-30)
+++ v1 (2025-11-23)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Bradford Pettus kicks 75 yards from E.P 35 to ATL -10. Touchback.</t>
   </si>
   <si>
     <t>#11 Willie Ketchum - WR</t>
   </si>
   <si>
     <t>#37 David Grayson - FS</t>
   </si>
   <si>
     <t>#58 Kevin Gilmore - WLB</t>
   </si>
   <si>
     <t>#43 Kenneth Stanley - FS</t>
   </si>
   <si>
     <t>#46 Brian Armstrong - SS</t>
   </si>
   <si>
     <t>#21 Alphonso Chevalier - CB</t>
   </si>
   <si>
-    <t>#50 Robert Rowe - SLB</t>
+    <t>#50 Robert Rowe - MLB</t>
   </si>
   <si>
     <t>#47 Benjamin Summers - CB</t>
   </si>
   <si>
     <t>#44 Glen Clark - CB</t>
   </si>
   <si>
     <t>#27 Mark Chase - SS</t>
   </si>
   <si>
     <t>#21 Keith Mason - CB</t>
   </si>
   <si>
     <t>#4 Bradford Pettus - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
@@ -410,51 +410,51 @@
   <si>
     <t>#20 Johnson Key - CB</t>
   </si>
   <si>
     <t>#47 Robert Miller - CB</t>
   </si>
   <si>
     <t>#47 Jay Jones - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>ATL 28</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-7-ATL 28 (14:17) 23-Jeffery Fitzpatrick ran to ATL 31 for 3 yards. Tackle by 50-Dennis Robinson.</t>
   </si>
   <si>
-    <t>#87 Terry Satter - TE</t>
+    <t>#83 Terry Satter - TE</t>
   </si>
   <si>
     <t>#39 Lewis Lopez - FB</t>
   </si>
   <si>
     <t>#95 James Lewis - RDE</t>
   </si>
   <si>
     <t>#50 Dennis Robinson - MLB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>ATL 31</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Counter Middle</t>
   </si>
   <si>
     <t>3-4-ATL 31 (13:43) 23-Jeffery Fitzpatrick ran to ATL 30 for -1 yards. Tackle by 99-Kevin Campbell.</t>
   </si>
   <si>
     <t>#57 Jordon Gray - LDE</t>
   </si>