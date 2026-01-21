--- v1 (2025-11-23)
+++ v2 (2026-01-21)
@@ -473,51 +473,51 @@
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>ATL 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-ATL 30 (13:00) 1-Gary Hart punts 51 yards to E.P 19. 19-Robert Pusey to E.P 21 for 2 yards. Tackle by 25-Alphonso Chevalier.</t>
   </si>
   <si>
     <t>#7 Gary Hart - P</t>
   </si>
   <si>
     <t>#19 Robert Pusey - WR</t>
   </si>
   <si>
     <t>#48 Deon Sanders - CB</t>
   </si>
   <si>
-    <t>#67 Kristopher Larrison - C</t>
+    <t>#50 Kristopher Larrison - C</t>
   </si>
   <si>
     <t>#55 John Purvis - LT</t>
   </si>
   <si>
     <t>#63 Mark Isabelle - RT</t>
   </si>
   <si>
     <t>#71 Leonard Carter - C</t>
   </si>
   <si>
     <t>#75 James Gibson - DT</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>E.P 21</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
@@ -548,51 +548,51 @@
   <si>
     <t>#63 Palmer Walker - C</t>
   </si>
   <si>
     <t>#67 Gregory Mills - C</t>
   </si>
   <si>
     <t>#74 Willie Fernandez - LG</t>
   </si>
   <si>
     <t>#87 Thomas Davis - LDE</t>
   </si>
   <si>
     <t>#63 Darryl Anderson - DT</t>
   </si>
   <si>
     <t>#64 Gene Lawrence - DT</t>
   </si>
   <si>
     <t>#60 Kevin Stokes - RDE</t>
   </si>
   <si>
     <t>#97 Robert Robinson - SLB</t>
   </si>
   <si>
-    <t>#99 Austin Anderson - MLB</t>
+    <t>#95 Austin Anderson - MLB</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>E.P 20</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-11-E.P 20 (12:17) 8-Maurice Nelson pass complete to 14-Marvin Harrison to E.P 28 for 8 yards. Tackle by 32-Kenneth Stanley. 14-Marvin Harrison did some fancy footwork there. 32-Kenneth Stanley got away with a hold on that play.</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>E.P 28</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>