--- v2 (2026-01-21)
+++ v3 (2026-02-21)
@@ -602,51 +602,51 @@
   <si>
     <t>#36 Matthew Maclean - RB</t>
   </si>
   <si>
     <t>#44 Gary Duquette - FB</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>4-3-E.P 28 (11:37) 2-Jaime Atkinson punts 45 yards to ATL 27. Fair Catch by 12-Willie Ketchum.</t>
   </si>
   <si>
     <t>#2 Jaime Atkinson - P</t>
   </si>
   <si>
     <t>#78 Zack Martin - C</t>
   </si>
   <si>
     <t>#76 Sterling Allen - LG</t>
   </si>
   <si>
     <t>#72 John Elliott - RT</t>
   </si>
   <si>
-    <t>#61 Archie Hurlburt - DT</t>
+    <t>#65 Archie Hurlburt - DT</t>
   </si>
   <si>
     <t>#96 Gary Hardy - RDE</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>ATL 27</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-ATL 27 (11:30) 8-Glen Goslin pass Pass knocked down by 42-Howard Debolt. incomplete, intended for 19-Ronald Sylvester.</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>